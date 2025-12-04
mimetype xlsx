--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI)</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>25-02-20 ~ 25-02-21</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>Q-Star 협력사 자율품질보증 체제 운영을 위한 품질옴부즈맨 워크샵</t>
   </si>
   <si>
     <t>25-02-19 ~ 25-02-20</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>