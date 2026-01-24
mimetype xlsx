--- v1 (2025-12-04)
+++ v2 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>25-02-20 ~ 25-02-21</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>Q-Star 협력사 자율품질보증 체제 운영을 위한 품질옴부즈맨 워크샵</t>
   </si>
   <si>
     <t>25-02-19 ~ 25-02-20</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>