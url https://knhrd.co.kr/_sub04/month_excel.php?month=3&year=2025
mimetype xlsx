--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -56,51 +56,51 @@
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>25-03-27 ~ 25-03-28</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>ChatGPT(생성형 AI)를 활용한 데이터 자동화</t>
   </si>
   <si>
     <t>데이터 관리</t>
   </si>
   <si>
     <t>Power BI 활용한 빅데이터 시각화</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>25-03-26 ~ 25-03-28</t>
   </si>
   <si>
     <t>ESG 경영</t>
   </si>
   <si>
     <t>산업재해 예방 안전관리와 중대재해 처벌법의 이해</t>
   </si>