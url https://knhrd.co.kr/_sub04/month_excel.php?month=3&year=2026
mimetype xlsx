--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -12,74 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>순번</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
+  </si>
+  <si>
+    <t>접수</t>
+  </si>
+  <si>
+    <t>인공지능(AI)</t>
+  </si>
+  <si>
+    <t>인공지능(AI) 활용 데이터 자동화(ChatGPT 활용)</t>
+  </si>
+  <si>
+    <t>26-03-26 ~ 26-03-27</t>
+  </si>
+  <si>
+    <t>09:00 ~ 16:50</t>
+  </si>
+  <si>
+    <t>기계설계</t>
+  </si>
+  <si>
+    <t>Inventor를 활용한 3D 형상모델링 기본</t>
+  </si>
+  <si>
+    <t>26-03-25 ~ 26-03-27</t>
+  </si>
+  <si>
+    <t>전기전자</t>
+  </si>
+  <si>
+    <t>유해화학물질 측정 및 분석</t>
+  </si>
+  <si>
+    <t>26-03-25 ~ 26-03-26</t>
+  </si>
+  <si>
+    <t>품질경영혁신</t>
+  </si>
+  <si>
+    <t>ISO 9001:2015(품질경영시스템) 내부심사원 양성</t>
+  </si>
+  <si>
+    <t>26-03-24 ~ 26-03-24</t>
+  </si>
+  <si>
+    <t>Power BI 활용한 빅데이터 시각화</t>
+  </si>
+  <si>
+    <t>26-03-19 ~ 26-03-20</t>
+  </si>
+  <si>
+    <t>ESG 경영</t>
+  </si>
+  <si>
+    <t>지속가능한 ESG 경영시스템 구축</t>
+  </si>
+  <si>
+    <t>26-03-18 ~ 26-03-18</t>
+  </si>
+  <si>
+    <t>인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
+  </si>
+  <si>
+    <t>26-03-12 ~ 26-03-13</t>
+  </si>
+  <si>
+    <t>Auto-CAD 2D 설계 &amp; Mechanical 설계</t>
+  </si>
+  <si>
+    <t>전자제품 친환경 기술분석 전문가 과정</t>
+  </si>
+  <si>
+    <t>26-03-05 ~ 26-03-06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -394,92 +466,326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2">
+        <v>2</v>
+      </c>
+      <c r="H2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3">
+        <v>3</v>
+      </c>
+      <c r="H3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4">
+        <v>2</v>
+      </c>
+      <c r="H4">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5">
+        <v>1</v>
+      </c>
+      <c r="H5">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6">
+        <v>2</v>
+      </c>
+      <c r="H6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8">
+        <v>2</v>
+      </c>
+      <c r="H8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9">
+        <v>2</v>
+      </c>
+      <c r="H9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10">
+        <v>2</v>
+      </c>
+      <c r="H10">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">