--- v2 (2026-01-24)
+++ v3 (2026-03-29)
@@ -12,146 +12,218 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>순번</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
-    <t>접수</t>
+    <t>교육종료</t>
   </si>
   <si>
     <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 활용 데이터 자동화(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-03-26 ~ 26-03-27</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
+    <t>인공지능(AI) 서비스 활용</t>
+  </si>
+  <si>
+    <t>09:00 ~ 17:00</t>
+  </si>
+  <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>26-03-25 ~ 26-03-27</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>26-03-25 ~ 26-03-26</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>ISO 9001:2015(품질경영시스템) 내부심사원 양성</t>
   </si>
   <si>
     <t>26-03-24 ~ 26-03-24</t>
   </si>
   <si>
+    <t>교육중</t>
+  </si>
+  <si>
+    <t>유급휴가훈련</t>
+  </si>
+  <si>
+    <t>(유급)제조 현장 품질 개선 실무</t>
+  </si>
+  <si>
+    <t>26-03-23 ~ 26-03-27</t>
+  </si>
+  <si>
+    <t>09:00 ~ 18:00</t>
+  </si>
+  <si>
+    <t>전자제품 품질 검사 실무</t>
+  </si>
+  <si>
+    <t>26-03-23 ~ 26-03-24</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자제품 생산계획</t>
+  </si>
+  <si>
+    <t>26-03-23 ~ 26-04-17</t>
+  </si>
+  <si>
+    <t>08:30 ~ 15:30</t>
+  </si>
+  <si>
     <t>Power BI 활용한 빅데이터 시각화</t>
   </si>
   <si>
     <t>26-03-19 ~ 26-03-20</t>
   </si>
   <si>
     <t>ESG 경영</t>
   </si>
   <si>
     <t>지속가능한 ESG 경영시스템 구축</t>
   </si>
   <si>
     <t>26-03-18 ~ 26-03-18</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-03-12 ~ 26-03-13</t>
   </si>
   <si>
     <t>Auto-CAD 2D 설계 &amp; Mechanical 설계</t>
   </si>
   <si>
+    <t>인공지능(AI) 서비스 데이터 분석</t>
+  </si>
+  <si>
+    <t>26-03-10 ~ 26-03-10</t>
+  </si>
+  <si>
+    <t>09:30 ~ 17:00</t>
+  </si>
+  <si>
+    <t>(유급)전자제품 품질관리</t>
+  </si>
+  <si>
+    <t>26-03-10 ~ 26-03-16</t>
+  </si>
+  <si>
+    <t>08:30 ~ 17:30</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자 제품 제조</t>
+  </si>
+  <si>
+    <t>26-03-09 ~ 26-04-03</t>
+  </si>
+  <si>
+    <t>08:00 ~ 15:00</t>
+  </si>
+  <si>
     <t>전자제품 친환경 기술분석 전문가 과정</t>
   </si>
   <si>
     <t>26-03-05 ~ 26-03-06</t>
+  </si>
+  <si>
+    <t>(유급)작업생산성 관리 실무</t>
+  </si>
+  <si>
+    <t>26-03-03 ~ 26-03-09</t>
+  </si>
+  <si>
+    <t>08:30 ~ 08:30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -466,51 +538,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -544,248 +616,456 @@
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
       <c r="H2">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
         <v>14</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H3">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H4">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H5">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H7">
-        <v>7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H9">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
       <c r="H10">
         <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13">
+        <v>2</v>
+      </c>
+      <c r="H13">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="H14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15">
+        <v>5</v>
+      </c>
+      <c r="H15">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16">
+        <v>20</v>
+      </c>
+      <c r="H16">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
+      <c r="H17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18">
+        <v>5</v>
+      </c>
+      <c r="H18">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">