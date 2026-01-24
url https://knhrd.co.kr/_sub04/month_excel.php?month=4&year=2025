--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -74,51 +74,51 @@
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>데이터 관리</t>
   </si>
   <si>
     <t>Excel Data 분석 및 시각화(생산 품질 정보 분석)</t>
   </si>
   <si>
     <t>25-04-24 ~ 25-04-25</t>
   </si>
   <si>
     <t>채용예정자(양성)</t>
   </si>
   <si>
     <t>생산품질관리 전문인력 양성</t>
   </si>
   <si>
     <t>25-04-21 ~ 25-07-16</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>Chat GPT를 활용한 비즈니스 파워포인트(PPT) 활용 실무</t>
   </si>
   <si>
     <t>25-04-08 ~ 25-04-09</t>
   </si>
   <si>
     <t>2D 및 3D를 활용한 디지털 설계 전문인력 양성</t>
   </si>
   <si>
     <t>25-04-07 ~ 25-06-05</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>25-04-03 ~ 25-04-04</t>
   </si>
 </sst>
 </file>
 