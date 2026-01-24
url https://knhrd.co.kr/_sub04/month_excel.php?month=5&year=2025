--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능 서비스 데이터 분석</t>
   </si>
   <si>
     <t>25-05-30 ~ 25-05-30</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>ChatGPT(생성형 AI)를 활용한 데이터 자동화</t>
   </si>
   <si>
     <t>25-05-29 ~ 25-05-30</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t xml:space="preserve">재직자를 위한 ChatGPT의 이해와 파워포인트 활용	</t>
   </si>
   <si>
     <t>25-05-28 ~ 25-05-28</t>
   </si>