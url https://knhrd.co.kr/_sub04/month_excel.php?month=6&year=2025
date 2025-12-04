--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -12,95 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>순번</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>
   <si>
     <t>(유급)작업생산성 관리 실무</t>
   </si>
   <si>
     <t>25-06-30 ~ 25-07-04</t>
   </si>
   <si>
     <t>08:30 ~ 17:30</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI)</t>
   </si>
   <si>
     <t>Chat GPT를 활용한 비즈니스 파워포인트(PPT) 활용 실무</t>
   </si>
   <si>
     <t>25-06-26 ~ 25-06-27</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>25-06-25 ~ 25-06-27</t>
   </si>
   <si>
     <t>09:00 ~ 18:00</t>
   </si>
   <si>
     <t>데이터 관리</t>
   </si>
@@ -125,66 +125,63 @@
   <si>
     <t>25-06-19 ~ 25-06-19</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>IATF 16949 내부심사원 양성</t>
   </si>
   <si>
     <t>25-06-19 ~ 25-06-20</t>
   </si>
   <si>
     <t>Q-Star 협력사 자율품질보증 체제 운영을 위한 품질옴부즈맨 워크샵</t>
   </si>
   <si>
     <t>25-06-18 ~ 25-06-19</t>
   </si>
   <si>
     <t>직장인을 위한 Excel 기초에서 실무까지 - 김해지역 특강</t>
   </si>
   <si>
     <t>25-06-17 ~ 25-06-18</t>
   </si>
   <si>
-    <t>생성형 AI(ChatGPT)이해 및 활용</t>
-[...1 lines deleted...]
-  <si>
     <t>25-06-13 ~ 25-06-13</t>
   </si>
   <si>
     <t>09:20 ~ 17:10</t>
   </si>
   <si>
     <t>Auto-CAD 2D 설계 &amp; Mechanical 설계</t>
   </si>
   <si>
     <t>25-06-12 ~ 25-06-13</t>
   </si>
   <si>
-    <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
+    <t>인공지능 서비스 활용</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -814,106 +811,106 @@
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>17</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
         <v>14</v>
       </c>
       <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
         <v>37</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>14</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>