--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -98,51 +98,51 @@
   <si>
     <t>24-07-16 ~ 24-07-17</t>
   </si>
   <si>
     <t>직장인을 위한 Excel 기초에서 실무까지</t>
   </si>
   <si>
     <t>24-07-11 ~ 24-07-12</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 심화</t>
   </si>
   <si>
     <t>스마트 팩토리</t>
   </si>
   <si>
     <t>PLC 활용 스마트팩토리 제어 실무</t>
   </si>
   <si>
     <t>24-07-10 ~ 24-07-11</t>
   </si>
   <si>
     <t>IATF 16949 내부심사원 양성</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>24-07-09 ~ 24-07-10</t>
   </si>
   <si>
     <t>ESG 경영</t>
   </si>
   <si>
     <t>지속가능한 ESG 경영시스템 구축</t>
   </si>
   <si>
     <t>24-07-05 ~ 24-07-05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>