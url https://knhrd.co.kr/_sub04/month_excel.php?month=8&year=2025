--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -12,98 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>순번</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
-[...2 lines deleted...]
-    <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
+    <t>인공지능(AI)</t>
+  </si>
+  <si>
+    <t>인공지능 서비스 활용</t>
   </si>
   <si>
     <t>25-08-28 ~ 25-08-29</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
-    <t xml:space="preserve">생성형 AI(ChatGPT)이해 및 활용	</t>
+    <t>인공지능 서비스 데이터 분석</t>
   </si>
   <si>
     <t>25-08-27 ~ 25-08-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>생성형 AI(ChatGPT)이해 및 활용</t>
   </si>
   <si>
     <t>25-08-26 ~ 25-08-26</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>
   <si>
     <t>(유급)경쟁력 확보를 위한 현장품질관리</t>
   </si>
   <si>
     <t>25-08-25 ~ 25-08-29</t>
   </si>
   <si>
     <t>08:00 ~ 16:50</t>
   </si>
   <si>
     <t>데이터 관리</t>
   </si>
   <si>
     <t>Excel Data 분석 및 시각화(생산 품질 정보 분석)</t>
   </si>
@@ -558,158 +555,158 @@
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>19</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G5">
         <v>5</v>
       </c>
       <c r="H5">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
         <v>22</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>